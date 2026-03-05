--- v0 (2026-01-15)
+++ v1 (2026-03-05)
@@ -2957,51 +2957,51 @@
       <c r="M9" s="256" t="s">
         <v>31</v>
       </c>
       <c r="N9" s="258"/>
       <c r="O9" s="241" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="242"/>
       <c r="Q9" s="242"/>
       <c r="R9" s="243"/>
       <c r="S9" s="244" t="s">
         <v>33</v>
       </c>
       <c r="T9" s="244"/>
       <c r="U9" s="244"/>
       <c r="V9" s="245"/>
       <c r="W9" s="238" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="240"/>
       <c r="Y9" s="246" t="s">
         <v>35</v>
       </c>
       <c r="Z9" s="247"/>
       <c r="AA9" s="248">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="AB9" s="248"/>
       <c r="AC9" s="248"/>
       <c r="AD9" s="248"/>
       <c r="AE9" s="238"/>
       <c r="AF9" s="28" t="s">
         <v>36</v>
       </c>
       <c r="AG9" s="254" t="s">
         <v>37</v>
       </c>
       <c r="AH9" s="255"/>
       <c r="AI9" s="235" t="s">
         <v>38</v>
       </c>
       <c r="AJ9" s="234"/>
       <c r="AK9" s="234"/>
       <c r="AL9" s="233">
         <v>2</v>
       </c>
       <c r="AM9" s="234"/>
       <c r="AN9" s="236" t="s">
         <v>39</v>
       </c>
       <c r="AO9" s="236"/>