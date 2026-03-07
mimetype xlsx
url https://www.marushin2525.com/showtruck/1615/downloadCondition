--- v0 (2025-10-18)
+++ v1 (2026-03-07)
@@ -73,51 +73,51 @@
   <si>
     <t>FD9JGAA-10328</t>
   </si>
   <si>
     <t>アームロール</t>
   </si>
   <si>
     <t>前登録ナンバー</t>
   </si>
   <si>
     <t>車検有効期限</t>
   </si>
   <si>
     <t>走行距離</t>
   </si>
   <si>
     <t>積載量</t>
   </si>
   <si>
     <t>荷台寸法（ｍｍ）</t>
   </si>
   <si>
     <t>出品会社（神奈川県）</t>
   </si>
   <si>
-    <t>R7年10月10日</t>
+    <t>車検切れ</t>
   </si>
   <si>
     <t>km</t>
   </si>
   <si>
     <t>Ｌ</t>
   </si>
   <si>
     <t>Ｗ</t>
   </si>
   <si>
     <t>Ｈ</t>
   </si>
   <si>
     <t>㈲マルシン自動車商会</t>
   </si>
   <si>
     <t>(門)</t>
   </si>
   <si>
     <t>ﾀｺ年月</t>
   </si>
   <si>
     <t>kg</t>
   </si>
@@ -288,51 +288,51 @@
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>燃料タンク</t>
   </si>
   <si>
     <t>100L</t>
   </si>
   <si>
     <t>タイヤ　パタン</t>
   </si>
   <si>
     <t>スペア</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;¥&quot;#,##0;&quot;¥&quot;\-#,##0"/>
     <numFmt numFmtId="165" formatCode="#,##0_ "/>
   </numFmts>
-  <fonts count="35">
+  <fonts count="34">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Yu Gothic Light"/>
       <scheme val="major"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -604,59 +604,50 @@
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Yu Gothic Light"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Yu Gothic Light"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="HGPｺﾞｼｯｸE"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="57">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
@@ -1639,50 +1630,53 @@
     </xf>
     <xf xfId="0" fontId="13" numFmtId="49" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="13" numFmtId="49" fillId="0" borderId="10" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="13" numFmtId="49" fillId="0" borderId="18" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="13" numFmtId="49" fillId="0" borderId="19" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="29" numFmtId="49" fillId="0" borderId="25" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="29" numFmtId="49" fillId="0" borderId="27" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="29" numFmtId="49" fillId="0" borderId="26" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="29" numFmtId="49" fillId="0" borderId="19" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="16" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
+    </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="10" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="17" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="18" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="23" numFmtId="49" fillId="0" borderId="19" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="24" numFmtId="49" fillId="0" borderId="28" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
@@ -2084,53 +2078,50 @@
     <xf xfId="0" fontId="17" numFmtId="49" fillId="0" borderId="31" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="17" numFmtId="49" fillId="0" borderId="13" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="17" numFmtId="49" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="17" numFmtId="49" fillId="0" borderId="42" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="16" numFmtId="49" fillId="0" borderId="33" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="16" numFmtId="49" fillId="0" borderId="34" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="21" numFmtId="49" fillId="0" borderId="12" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="21" numFmtId="49" fillId="0" borderId="48" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="21" numFmtId="49" fillId="0" borderId="11" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="34" numFmtId="49" fillId="0" borderId="16" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cc6fb559b8f0786e2df01f4d34017e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
@@ -2445,51 +2436,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BO35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="G5" sqref="G5"/>
+      <selection activeCell="AV7" sqref="AV7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="2.6640625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1.6640625" customWidth="true" style="1"/>
     <col min="2" max="2" width="2.6640625" style="1"/>
     <col min="3" max="3" width="2" customWidth="true" style="1"/>
     <col min="4" max="4" width="2.5" customWidth="true" style="1"/>
     <col min="5" max="5" width="2.5" customWidth="true" style="1"/>
     <col min="6" max="6" width="2.5" customWidth="true" style="1"/>
     <col min="7" max="7" width="2.5" customWidth="true" style="1"/>
     <col min="8" max="8" width="5.83203125" customWidth="true" style="1"/>
     <col min="9" max="9" width="2.5" customWidth="true" style="1"/>
     <col min="10" max="10" width="2.5" customWidth="true" style="1"/>
     <col min="11" max="11" width="2.6640625" style="1"/>
     <col min="12" max="12" width="2.6640625" style="1"/>
     <col min="13" max="13" width="2.6640625" style="1"/>
     <col min="14" max="14" width="2.6640625" style="1"/>
     <col min="15" max="15" width="3.33203125" customWidth="true" style="1"/>
     <col min="16" max="16" width="2.6640625" style="1"/>
     <col min="17" max="17" width="2.6640625" style="1"/>
     <col min="18" max="18" width="1.83203125" customWidth="true" style="1"/>
     <col min="19" max="19" width="3.1640625" customWidth="true" style="1"/>
     <col min="20" max="20" width="2.6640625" style="1"/>
     <col min="21" max="21" width="2.6640625" style="1"/>
@@ -2745,60 +2736,60 @@
       </c>
       <c r="AM4" s="41"/>
       <c r="AN4" s="41"/>
       <c r="AO4" s="41"/>
       <c r="AP4" s="41"/>
       <c r="AQ4" s="41"/>
       <c r="AR4" s="41"/>
       <c r="AS4" s="41"/>
       <c r="AT4" s="42"/>
       <c r="AV4" s="14"/>
       <c r="AW4" s="14"/>
       <c r="AX4" s="14"/>
       <c r="AY4" s="14"/>
       <c r="AZ4" s="14"/>
       <c r="BA4" s="14"/>
       <c r="BB4" s="14"/>
       <c r="BC4" s="14"/>
       <c r="BD4" s="14"/>
     </row>
     <row r="5" spans="1:67" customHeight="1" ht="12">
       <c r="B5" s="74"/>
       <c r="C5" s="75"/>
       <c r="D5" s="75"/>
       <c r="E5" s="75"/>
       <c r="F5" s="76"/>
-      <c r="G5" s="263" t="s">
+      <c r="G5" s="114" t="s">
         <v>18</v>
       </c>
-      <c r="H5" s="114"/>
-[...5 lines deleted...]
-      <c r="N5" s="115"/>
+      <c r="H5" s="115"/>
+      <c r="I5" s="115"/>
+      <c r="J5" s="115"/>
+      <c r="K5" s="115"/>
+      <c r="L5" s="115"/>
+      <c r="M5" s="115"/>
+      <c r="N5" s="116"/>
       <c r="O5" s="80">
         <v>468000</v>
       </c>
       <c r="P5" s="81"/>
       <c r="Q5" s="81"/>
       <c r="R5" s="81"/>
       <c r="S5" s="81"/>
       <c r="T5" s="81"/>
       <c r="U5" s="84" t="s">
         <v>19</v>
       </c>
       <c r="V5" s="85"/>
       <c r="W5" s="88">
         <v>3850</v>
       </c>
       <c r="X5" s="89"/>
       <c r="Y5" s="89"/>
       <c r="Z5" s="90"/>
       <c r="AA5" s="55" t="s">
         <v>20</v>
       </c>
       <c r="AB5" s="56"/>
       <c r="AC5" s="24"/>
       <c r="AD5" s="24"/>
       <c r="AE5" s="55" t="s">
@@ -2817,116 +2808,116 @@
       </c>
       <c r="AM5" s="58"/>
       <c r="AN5" s="58"/>
       <c r="AO5" s="58"/>
       <c r="AP5" s="58"/>
       <c r="AQ5" s="58"/>
       <c r="AR5" s="58"/>
       <c r="AS5" s="58"/>
       <c r="AT5" s="59"/>
       <c r="AV5" s="14"/>
       <c r="AW5" s="14"/>
       <c r="AX5" s="14"/>
       <c r="AY5" s="14"/>
       <c r="AZ5" s="14"/>
       <c r="BA5" s="14"/>
       <c r="BB5" s="14"/>
       <c r="BC5" s="14"/>
       <c r="BD5" s="14"/>
     </row>
     <row r="6" spans="1:67" customHeight="1" ht="12">
       <c r="B6" s="77"/>
       <c r="C6" s="78"/>
       <c r="D6" s="78"/>
       <c r="E6" s="78"/>
       <c r="F6" s="79"/>
-      <c r="G6" s="116"/>
-[...6 lines deleted...]
-      <c r="N6" s="118"/>
+      <c r="G6" s="117"/>
+      <c r="H6" s="118"/>
+      <c r="I6" s="118"/>
+      <c r="J6" s="118"/>
+      <c r="K6" s="118"/>
+      <c r="L6" s="118"/>
+      <c r="M6" s="118"/>
+      <c r="N6" s="119"/>
       <c r="O6" s="82"/>
       <c r="P6" s="83"/>
       <c r="Q6" s="83"/>
       <c r="R6" s="83"/>
       <c r="S6" s="83"/>
       <c r="T6" s="83"/>
       <c r="U6" s="86"/>
       <c r="V6" s="87"/>
       <c r="W6" s="66"/>
       <c r="X6" s="67"/>
       <c r="Y6" s="67"/>
       <c r="Z6" s="68"/>
       <c r="AA6" s="66"/>
       <c r="AB6" s="67"/>
       <c r="AC6" s="67"/>
       <c r="AD6" s="68"/>
       <c r="AE6" s="66"/>
       <c r="AF6" s="67"/>
       <c r="AG6" s="67"/>
       <c r="AH6" s="68"/>
       <c r="AI6" s="27" t="s">
         <v>24</v>
       </c>
       <c r="AJ6" s="72"/>
       <c r="AK6" s="73"/>
       <c r="AL6" s="60"/>
       <c r="AM6" s="61"/>
       <c r="AN6" s="61"/>
       <c r="AO6" s="61"/>
       <c r="AP6" s="61"/>
       <c r="AQ6" s="61"/>
       <c r="AR6" s="61"/>
       <c r="AS6" s="61"/>
       <c r="AT6" s="62"/>
       <c r="AV6" s="14"/>
       <c r="AW6" s="14"/>
       <c r="AX6" s="14"/>
       <c r="AY6" s="14"/>
       <c r="AZ6" s="14"/>
       <c r="BA6" s="14"/>
       <c r="BB6" s="14"/>
       <c r="BC6" s="14"/>
       <c r="BD6" s="14"/>
     </row>
     <row r="7" spans="1:67" customHeight="1" ht="10.5">
       <c r="B7" s="77"/>
       <c r="C7" s="78"/>
       <c r="D7" s="78"/>
       <c r="E7" s="78"/>
       <c r="F7" s="79"/>
-      <c r="G7" s="116"/>
-[...6 lines deleted...]
-      <c r="N7" s="118"/>
+      <c r="G7" s="117"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="118"/>
+      <c r="J7" s="118"/>
+      <c r="K7" s="118"/>
+      <c r="L7" s="118"/>
+      <c r="M7" s="118"/>
+      <c r="N7" s="119"/>
       <c r="O7" s="94" t="s">
         <v>25</v>
       </c>
       <c r="P7" s="95"/>
       <c r="Q7" s="95"/>
       <c r="R7" s="98"/>
       <c r="S7" s="99"/>
       <c r="T7" s="99"/>
       <c r="U7" s="110"/>
       <c r="V7" s="111"/>
       <c r="W7" s="102"/>
       <c r="X7" s="103"/>
       <c r="Y7" s="106" t="s">
         <v>26</v>
       </c>
       <c r="Z7" s="107"/>
       <c r="AA7" s="66"/>
       <c r="AB7" s="67"/>
       <c r="AC7" s="67"/>
       <c r="AD7" s="68"/>
       <c r="AE7" s="66"/>
       <c r="AF7" s="67"/>
       <c r="AG7" s="67"/>
       <c r="AH7" s="68"/>
       <c r="AI7" s="66"/>
@@ -2935,1695 +2926,1695 @@
       <c r="AL7" s="60"/>
       <c r="AM7" s="61"/>
       <c r="AN7" s="61"/>
       <c r="AO7" s="61"/>
       <c r="AP7" s="61"/>
       <c r="AQ7" s="61"/>
       <c r="AR7" s="61"/>
       <c r="AS7" s="61"/>
       <c r="AT7" s="62"/>
       <c r="AV7" s="14"/>
       <c r="AW7" s="14"/>
       <c r="AX7" s="14"/>
       <c r="AY7" s="14"/>
       <c r="AZ7" s="14"/>
       <c r="BA7" s="14"/>
       <c r="BB7" s="14"/>
       <c r="BC7" s="14"/>
       <c r="BD7" s="14"/>
     </row>
     <row r="8" spans="1:67" customHeight="1" ht="10.5">
       <c r="B8" s="91"/>
       <c r="C8" s="92"/>
       <c r="D8" s="92"/>
       <c r="E8" s="92"/>
       <c r="F8" s="93"/>
-      <c r="G8" s="119"/>
-[...6 lines deleted...]
-      <c r="N8" s="121"/>
+      <c r="G8" s="120"/>
+      <c r="H8" s="121"/>
+      <c r="I8" s="121"/>
+      <c r="J8" s="121"/>
+      <c r="K8" s="121"/>
+      <c r="L8" s="121"/>
+      <c r="M8" s="121"/>
+      <c r="N8" s="122"/>
       <c r="O8" s="96"/>
       <c r="P8" s="97"/>
       <c r="Q8" s="97"/>
       <c r="R8" s="100"/>
       <c r="S8" s="101"/>
       <c r="T8" s="101"/>
       <c r="U8" s="112"/>
       <c r="V8" s="113"/>
       <c r="W8" s="104"/>
       <c r="X8" s="105"/>
       <c r="Y8" s="108"/>
       <c r="Z8" s="109"/>
       <c r="AA8" s="69"/>
       <c r="AB8" s="70"/>
       <c r="AC8" s="70"/>
       <c r="AD8" s="71"/>
       <c r="AE8" s="69"/>
       <c r="AF8" s="70"/>
       <c r="AG8" s="70"/>
       <c r="AH8" s="71"/>
       <c r="AI8" s="69"/>
       <c r="AJ8" s="70"/>
       <c r="AK8" s="71"/>
       <c r="AL8" s="63"/>
       <c r="AM8" s="64"/>
       <c r="AN8" s="64"/>
       <c r="AO8" s="64"/>
       <c r="AP8" s="64"/>
       <c r="AQ8" s="64"/>
       <c r="AR8" s="64"/>
       <c r="AS8" s="64"/>
       <c r="AT8" s="65"/>
       <c r="AV8" s="14"/>
       <c r="AW8" s="14"/>
       <c r="AX8" s="14"/>
       <c r="AY8" s="14"/>
       <c r="AZ8" s="14"/>
       <c r="BA8" s="14"/>
       <c r="BB8" s="14"/>
       <c r="BC8" s="14"/>
       <c r="BD8" s="14"/>
     </row>
     <row r="9" spans="1:67" customHeight="1" ht="20">
-      <c r="B9" s="255" t="s">
+      <c r="B9" s="256" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="256"/>
-[...4 lines deleted...]
-      <c r="H9" s="237" t="s">
+      <c r="C9" s="257"/>
+      <c r="D9" s="257"/>
+      <c r="E9" s="257"/>
+      <c r="F9" s="257"/>
+      <c r="G9" s="258"/>
+      <c r="H9" s="238" t="s">
         <v>28</v>
       </c>
-      <c r="I9" s="238"/>
-[...3 lines deleted...]
-      <c r="M9" s="255" t="s">
+      <c r="I9" s="239"/>
+      <c r="J9" s="239"/>
+      <c r="K9" s="239"/>
+      <c r="L9" s="240"/>
+      <c r="M9" s="256" t="s">
         <v>29</v>
       </c>
-      <c r="N9" s="257"/>
-      <c r="O9" s="240" t="s">
+      <c r="N9" s="258"/>
+      <c r="O9" s="241" t="s">
         <v>30</v>
       </c>
-      <c r="P9" s="241"/>
-[...2 lines deleted...]
-      <c r="S9" s="243" t="s">
+      <c r="P9" s="242"/>
+      <c r="Q9" s="242"/>
+      <c r="R9" s="243"/>
+      <c r="S9" s="244" t="s">
         <v>31</v>
       </c>
-      <c r="T9" s="243"/>
-[...2 lines deleted...]
-      <c r="W9" s="237" t="s">
+      <c r="T9" s="244"/>
+      <c r="U9" s="244"/>
+      <c r="V9" s="245"/>
+      <c r="W9" s="238" t="s">
         <v>32</v>
       </c>
-      <c r="X9" s="239"/>
-      <c r="Y9" s="245" t="s">
+      <c r="X9" s="240"/>
+      <c r="Y9" s="246" t="s">
         <v>33</v>
       </c>
-      <c r="Z9" s="246"/>
-      <c r="AA9" s="247">
+      <c r="Z9" s="247"/>
+      <c r="AA9" s="248">
         <v>210</v>
       </c>
-      <c r="AB9" s="247"/>
-[...2 lines deleted...]
-      <c r="AE9" s="237"/>
+      <c r="AB9" s="248"/>
+      <c r="AC9" s="248"/>
+      <c r="AD9" s="248"/>
+      <c r="AE9" s="238"/>
       <c r="AF9" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="AG9" s="253" t="s">
+      <c r="AG9" s="254" t="s">
         <v>35</v>
       </c>
-      <c r="AH9" s="254"/>
-      <c r="AI9" s="234" t="s">
+      <c r="AH9" s="255"/>
+      <c r="AI9" s="235" t="s">
         <v>36</v>
       </c>
-      <c r="AJ9" s="233"/>
-[...1 lines deleted...]
-      <c r="AL9" s="232">
+      <c r="AJ9" s="234"/>
+      <c r="AK9" s="234"/>
+      <c r="AL9" s="233">
         <v>3</v>
       </c>
-      <c r="AM9" s="233"/>
-      <c r="AN9" s="235" t="s">
+      <c r="AM9" s="234"/>
+      <c r="AN9" s="236" t="s">
         <v>37</v>
       </c>
-      <c r="AO9" s="235"/>
-[...1 lines deleted...]
-      <c r="AQ9" s="232" t="s">
+      <c r="AO9" s="236"/>
+      <c r="AP9" s="236"/>
+      <c r="AQ9" s="233" t="s">
         <v>38</v>
       </c>
-      <c r="AR9" s="233"/>
-[...1 lines deleted...]
-      <c r="AT9" s="236"/>
+      <c r="AR9" s="234"/>
+      <c r="AS9" s="234"/>
+      <c r="AT9" s="237"/>
       <c r="AU9" s="13"/>
       <c r="AV9" s="14"/>
       <c r="AW9" s="14"/>
       <c r="AX9" s="14"/>
       <c r="AY9" s="14"/>
       <c r="AZ9" s="14"/>
       <c r="BA9" s="14"/>
       <c r="BB9" s="14"/>
       <c r="BC9" s="14"/>
       <c r="BD9" s="14"/>
     </row>
     <row r="10" spans="1:67" customHeight="1" ht="20">
-      <c r="B10" s="173" t="s">
+      <c r="B10" s="174" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="174"/>
-[...7 lines deleted...]
-      <c r="K10" s="180" t="s">
+      <c r="C10" s="175"/>
+      <c r="D10" s="175"/>
+      <c r="E10" s="175"/>
+      <c r="F10" s="175"/>
+      <c r="G10" s="175"/>
+      <c r="H10" s="175"/>
+      <c r="I10" s="175"/>
+      <c r="J10" s="180"/>
+      <c r="K10" s="181" t="s">
         <v>40</v>
       </c>
-      <c r="L10" s="180"/>
-[...20 lines deleted...]
-      <c r="AG10" s="181" t="s">
+      <c r="L10" s="181"/>
+      <c r="M10" s="181"/>
+      <c r="N10" s="181"/>
+      <c r="O10" s="181"/>
+      <c r="P10" s="181"/>
+      <c r="Q10" s="181"/>
+      <c r="R10" s="181"/>
+      <c r="S10" s="181"/>
+      <c r="T10" s="181"/>
+      <c r="U10" s="181"/>
+      <c r="V10" s="181"/>
+      <c r="W10" s="181"/>
+      <c r="X10" s="181"/>
+      <c r="Y10" s="181"/>
+      <c r="Z10" s="181"/>
+      <c r="AA10" s="181"/>
+      <c r="AB10" s="181"/>
+      <c r="AC10" s="181"/>
+      <c r="AD10" s="181"/>
+      <c r="AE10" s="181"/>
+      <c r="AF10" s="181"/>
+      <c r="AG10" s="182" t="s">
         <v>41</v>
       </c>
-      <c r="AH10" s="182"/>
-[...3 lines deleted...]
-      <c r="AL10" s="184" t="s">
+      <c r="AH10" s="183"/>
+      <c r="AI10" s="183"/>
+      <c r="AJ10" s="183"/>
+      <c r="AK10" s="184"/>
+      <c r="AL10" s="185" t="s">
         <v>42</v>
       </c>
-      <c r="AM10" s="185"/>
-[...2 lines deleted...]
-      <c r="AP10" s="186">
+      <c r="AM10" s="186"/>
+      <c r="AN10" s="186"/>
+      <c r="AO10" s="186"/>
+      <c r="AP10" s="187">
         <v>10400</v>
       </c>
-      <c r="AQ10" s="186"/>
-[...1 lines deleted...]
-      <c r="AS10" s="186"/>
+      <c r="AQ10" s="187"/>
+      <c r="AR10" s="187"/>
+      <c r="AS10" s="187"/>
       <c r="AT10" s="29" t="s">
         <v>43</v>
       </c>
       <c r="AV10" s="14"/>
       <c r="AW10" s="14"/>
       <c r="AX10" s="14"/>
       <c r="AY10" s="14"/>
       <c r="AZ10" s="14"/>
       <c r="BA10" s="14"/>
       <c r="BB10" s="14"/>
       <c r="BC10" s="14"/>
       <c r="BD10" s="14"/>
     </row>
     <row r="11" spans="1:67" customHeight="1" ht="20">
-      <c r="B11" s="173" t="s">
+      <c r="B11" s="174" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="174"/>
-[...7 lines deleted...]
-      <c r="K11" s="180" t="s">
+      <c r="C11" s="175"/>
+      <c r="D11" s="175"/>
+      <c r="E11" s="175"/>
+      <c r="F11" s="175"/>
+      <c r="G11" s="175"/>
+      <c r="H11" s="175"/>
+      <c r="I11" s="175"/>
+      <c r="J11" s="180"/>
+      <c r="K11" s="181" t="s">
         <v>40</v>
       </c>
-      <c r="L11" s="180"/>
-[...20 lines deleted...]
-      <c r="AG11" s="230" t="s">
+      <c r="L11" s="181"/>
+      <c r="M11" s="181"/>
+      <c r="N11" s="181"/>
+      <c r="O11" s="181"/>
+      <c r="P11" s="181"/>
+      <c r="Q11" s="181"/>
+      <c r="R11" s="181"/>
+      <c r="S11" s="181"/>
+      <c r="T11" s="181"/>
+      <c r="U11" s="181"/>
+      <c r="V11" s="181"/>
+      <c r="W11" s="181"/>
+      <c r="X11" s="181"/>
+      <c r="Y11" s="181"/>
+      <c r="Z11" s="181"/>
+      <c r="AA11" s="181"/>
+      <c r="AB11" s="181"/>
+      <c r="AC11" s="181"/>
+      <c r="AD11" s="181"/>
+      <c r="AE11" s="181"/>
+      <c r="AF11" s="181"/>
+      <c r="AG11" s="231" t="s">
         <v>45</v>
       </c>
-      <c r="AH11" s="231"/>
-[...1 lines deleted...]
-      <c r="AJ11" s="222" t="s">
+      <c r="AH11" s="232"/>
+      <c r="AI11" s="232"/>
+      <c r="AJ11" s="223" t="s">
         <v>46</v>
       </c>
-      <c r="AK11" s="223"/>
-      <c r="AL11" s="258" t="s">
+      <c r="AK11" s="224"/>
+      <c r="AL11" s="259" t="s">
         <v>47</v>
       </c>
-      <c r="AM11" s="258"/>
-[...2 lines deleted...]
-      <c r="AP11" s="187" t="s">
+      <c r="AM11" s="259"/>
+      <c r="AN11" s="259"/>
+      <c r="AO11" s="260"/>
+      <c r="AP11" s="188" t="s">
         <v>48</v>
       </c>
-      <c r="AQ11" s="188"/>
-[...2 lines deleted...]
-      <c r="AT11" s="189"/>
+      <c r="AQ11" s="189"/>
+      <c r="AR11" s="189"/>
+      <c r="AS11" s="189"/>
+      <c r="AT11" s="190"/>
       <c r="AV11" s="14"/>
       <c r="AW11" s="14"/>
       <c r="AX11" s="14"/>
       <c r="AY11" s="14"/>
       <c r="AZ11" s="14"/>
       <c r="BA11" s="14"/>
       <c r="BB11" s="14"/>
       <c r="BC11" s="14"/>
       <c r="BD11" s="14"/>
     </row>
     <row r="12" spans="1:67" customHeight="1" ht="20">
-      <c r="B12" s="224" t="s">
+      <c r="B12" s="225" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="225"/>
-[...29 lines deleted...]
-      <c r="AG12" s="220" t="s">
+      <c r="C12" s="226"/>
+      <c r="D12" s="226"/>
+      <c r="E12" s="226"/>
+      <c r="F12" s="226"/>
+      <c r="G12" s="226"/>
+      <c r="H12" s="226"/>
+      <c r="I12" s="226"/>
+      <c r="J12" s="226"/>
+      <c r="K12" s="226"/>
+      <c r="L12" s="226"/>
+      <c r="M12" s="227"/>
+      <c r="N12" s="227"/>
+      <c r="O12" s="227"/>
+      <c r="P12" s="227"/>
+      <c r="Q12" s="227"/>
+      <c r="R12" s="227"/>
+      <c r="S12" s="227"/>
+      <c r="T12" s="227"/>
+      <c r="U12" s="227"/>
+      <c r="V12" s="227"/>
+      <c r="W12" s="227"/>
+      <c r="X12" s="227"/>
+      <c r="Y12" s="227"/>
+      <c r="Z12" s="227"/>
+      <c r="AA12" s="227"/>
+      <c r="AB12" s="227"/>
+      <c r="AC12" s="227"/>
+      <c r="AD12" s="227"/>
+      <c r="AE12" s="227"/>
+      <c r="AF12" s="228"/>
+      <c r="AG12" s="221" t="s">
         <v>50</v>
       </c>
-      <c r="AH12" s="221"/>
-[...1 lines deleted...]
-      <c r="AJ12" s="191" t="s">
+      <c r="AH12" s="222"/>
+      <c r="AI12" s="222"/>
+      <c r="AJ12" s="192" t="s">
         <v>51</v>
       </c>
-      <c r="AK12" s="192"/>
-      <c r="AL12" s="248" t="s">
+      <c r="AK12" s="193"/>
+      <c r="AL12" s="249" t="s">
         <v>52</v>
       </c>
-      <c r="AM12" s="249"/>
-      <c r="AN12" s="249"/>
+      <c r="AM12" s="250"/>
+      <c r="AN12" s="250"/>
       <c r="AO12" s="40">
         <v>1</v>
       </c>
       <c r="AP12" s="38" t="s">
         <v>53</v>
       </c>
-      <c r="AQ12" s="260" t="s">
+      <c r="AQ12" s="261" t="s">
         <v>54</v>
       </c>
-      <c r="AR12" s="261"/>
-[...1 lines deleted...]
-      <c r="AT12" s="262"/>
+      <c r="AR12" s="262"/>
+      <c r="AS12" s="262"/>
+      <c r="AT12" s="263"/>
       <c r="AV12" s="14"/>
       <c r="AW12" s="14"/>
       <c r="AX12" s="14"/>
       <c r="AY12" s="14"/>
       <c r="AZ12" s="14"/>
       <c r="BA12" s="14"/>
       <c r="BB12" s="14"/>
       <c r="BC12" s="14"/>
       <c r="BD12" s="14"/>
     </row>
     <row r="13" spans="1:67" customHeight="1" ht="20">
       <c r="B13" s="30"/>
-      <c r="C13" s="213" t="s">
+      <c r="C13" s="214" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="213"/>
-[...26 lines deleted...]
-      <c r="AE13" s="213"/>
+      <c r="D13" s="214"/>
+      <c r="E13" s="214"/>
+      <c r="F13" s="214"/>
+      <c r="G13" s="214"/>
+      <c r="H13" s="214"/>
+      <c r="I13" s="214"/>
+      <c r="J13" s="214"/>
+      <c r="K13" s="214"/>
+      <c r="L13" s="214"/>
+      <c r="M13" s="214"/>
+      <c r="N13" s="214"/>
+      <c r="O13" s="214"/>
+      <c r="P13" s="214"/>
+      <c r="Q13" s="214"/>
+      <c r="R13" s="214"/>
+      <c r="S13" s="214"/>
+      <c r="T13" s="214"/>
+      <c r="U13" s="214"/>
+      <c r="V13" s="214"/>
+      <c r="W13" s="214"/>
+      <c r="X13" s="214"/>
+      <c r="Y13" s="214"/>
+      <c r="Z13" s="214"/>
+      <c r="AA13" s="214"/>
+      <c r="AB13" s="214"/>
+      <c r="AC13" s="214"/>
+      <c r="AD13" s="214"/>
+      <c r="AE13" s="214"/>
       <c r="AF13" s="31"/>
-      <c r="AG13" s="217" t="s">
+      <c r="AG13" s="218" t="s">
         <v>56</v>
       </c>
-      <c r="AH13" s="218"/>
-[...1 lines deleted...]
-      <c r="AJ13" s="191" t="s">
+      <c r="AH13" s="219"/>
+      <c r="AI13" s="219"/>
+      <c r="AJ13" s="192" t="s">
         <v>46</v>
       </c>
-      <c r="AK13" s="219"/>
-      <c r="AL13" s="250" t="s">
+      <c r="AK13" s="220"/>
+      <c r="AL13" s="251" t="s">
         <v>57</v>
       </c>
-      <c r="AM13" s="251"/>
-[...6 lines deleted...]
-      <c r="AT13" s="252"/>
+      <c r="AM13" s="252"/>
+      <c r="AN13" s="252"/>
+      <c r="AO13" s="252"/>
+      <c r="AP13" s="252"/>
+      <c r="AQ13" s="252"/>
+      <c r="AR13" s="252"/>
+      <c r="AS13" s="252"/>
+      <c r="AT13" s="253"/>
       <c r="AV13" s="14"/>
       <c r="AW13" s="14"/>
       <c r="AX13" s="14"/>
       <c r="AY13" s="14"/>
       <c r="AZ13" s="14"/>
       <c r="BA13" s="14"/>
       <c r="BB13" s="14"/>
       <c r="BC13" s="14"/>
       <c r="BD13" s="14"/>
     </row>
     <row r="14" spans="1:67" customHeight="1" ht="20">
       <c r="B14" s="30"/>
-      <c r="C14" s="213" t="s">
+      <c r="C14" s="214" t="s">
         <v>58</v>
       </c>
-      <c r="D14" s="213"/>
-[...26 lines deleted...]
-      <c r="AE14" s="213"/>
+      <c r="D14" s="214"/>
+      <c r="E14" s="214"/>
+      <c r="F14" s="214"/>
+      <c r="G14" s="214"/>
+      <c r="H14" s="214"/>
+      <c r="I14" s="214"/>
+      <c r="J14" s="214"/>
+      <c r="K14" s="214"/>
+      <c r="L14" s="214"/>
+      <c r="M14" s="214"/>
+      <c r="N14" s="214"/>
+      <c r="O14" s="214"/>
+      <c r="P14" s="214"/>
+      <c r="Q14" s="214"/>
+      <c r="R14" s="214"/>
+      <c r="S14" s="214"/>
+      <c r="T14" s="214"/>
+      <c r="U14" s="214"/>
+      <c r="V14" s="214"/>
+      <c r="W14" s="214"/>
+      <c r="X14" s="214"/>
+      <c r="Y14" s="214"/>
+      <c r="Z14" s="214"/>
+      <c r="AA14" s="214"/>
+      <c r="AB14" s="214"/>
+      <c r="AC14" s="214"/>
+      <c r="AD14" s="214"/>
+      <c r="AE14" s="214"/>
       <c r="AF14" s="31"/>
-      <c r="AG14" s="217" t="s">
+      <c r="AG14" s="218" t="s">
         <v>59</v>
       </c>
-      <c r="AH14" s="218"/>
-[...1 lines deleted...]
-      <c r="AJ14" s="191" t="s">
+      <c r="AH14" s="219"/>
+      <c r="AI14" s="219"/>
+      <c r="AJ14" s="192" t="s">
         <v>46</v>
       </c>
-      <c r="AK14" s="219"/>
-      <c r="AL14" s="176" t="s">
+      <c r="AK14" s="220"/>
+      <c r="AL14" s="177" t="s">
         <v>60</v>
       </c>
-      <c r="AM14" s="177"/>
-[...6 lines deleted...]
-      <c r="AT14" s="178"/>
+      <c r="AM14" s="178"/>
+      <c r="AN14" s="178"/>
+      <c r="AO14" s="178"/>
+      <c r="AP14" s="178"/>
+      <c r="AQ14" s="178"/>
+      <c r="AR14" s="178"/>
+      <c r="AS14" s="178"/>
+      <c r="AT14" s="179"/>
       <c r="AV14" s="14"/>
       <c r="AW14" s="14"/>
       <c r="AX14" s="14"/>
       <c r="AY14" s="14"/>
       <c r="AZ14" s="14"/>
       <c r="BA14" s="14"/>
       <c r="BB14" s="14"/>
       <c r="BC14" s="14"/>
       <c r="BD14" s="14"/>
     </row>
     <row r="15" spans="1:67">
       <c r="B15" s="30"/>
-      <c r="C15" s="213" t="s">
+      <c r="C15" s="214" t="s">
         <v>61</v>
       </c>
-      <c r="D15" s="213"/>
-[...26 lines deleted...]
-      <c r="AE15" s="213"/>
+      <c r="D15" s="214"/>
+      <c r="E15" s="214"/>
+      <c r="F15" s="214"/>
+      <c r="G15" s="214"/>
+      <c r="H15" s="214"/>
+      <c r="I15" s="214"/>
+      <c r="J15" s="214"/>
+      <c r="K15" s="214"/>
+      <c r="L15" s="214"/>
+      <c r="M15" s="214"/>
+      <c r="N15" s="214"/>
+      <c r="O15" s="214"/>
+      <c r="P15" s="214"/>
+      <c r="Q15" s="214"/>
+      <c r="R15" s="214"/>
+      <c r="S15" s="214"/>
+      <c r="T15" s="214"/>
+      <c r="U15" s="214"/>
+      <c r="V15" s="214"/>
+      <c r="W15" s="214"/>
+      <c r="X15" s="214"/>
+      <c r="Y15" s="214"/>
+      <c r="Z15" s="214"/>
+      <c r="AA15" s="214"/>
+      <c r="AB15" s="214"/>
+      <c r="AC15" s="214"/>
+      <c r="AD15" s="214"/>
+      <c r="AE15" s="214"/>
       <c r="AF15" s="31"/>
-      <c r="AG15" s="217" t="s">
+      <c r="AG15" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="AH15" s="218"/>
-[...1 lines deleted...]
-      <c r="AJ15" s="191" t="s">
+      <c r="AH15" s="219"/>
+      <c r="AI15" s="219"/>
+      <c r="AJ15" s="192" t="s">
         <v>46</v>
       </c>
-      <c r="AK15" s="219"/>
-      <c r="AL15" s="176" t="s">
+      <c r="AK15" s="220"/>
+      <c r="AL15" s="177" t="s">
         <v>63</v>
       </c>
-      <c r="AM15" s="177"/>
-[...6 lines deleted...]
-      <c r="AT15" s="178"/>
+      <c r="AM15" s="178"/>
+      <c r="AN15" s="178"/>
+      <c r="AO15" s="178"/>
+      <c r="AP15" s="178"/>
+      <c r="AQ15" s="178"/>
+      <c r="AR15" s="178"/>
+      <c r="AS15" s="178"/>
+      <c r="AT15" s="179"/>
       <c r="AV15" s="14"/>
       <c r="AW15" s="14"/>
       <c r="AX15" s="14"/>
       <c r="AY15" s="14"/>
       <c r="AZ15" s="14"/>
       <c r="BA15" s="14"/>
       <c r="BB15" s="14"/>
       <c r="BC15" s="14"/>
       <c r="BD15" s="14"/>
     </row>
     <row r="16" spans="1:67">
       <c r="B16" s="30"/>
-      <c r="C16" s="213"/>
-[...27 lines deleted...]
-      <c r="AE16" s="213"/>
+      <c r="C16" s="214"/>
+      <c r="D16" s="214"/>
+      <c r="E16" s="214"/>
+      <c r="F16" s="214"/>
+      <c r="G16" s="214"/>
+      <c r="H16" s="214"/>
+      <c r="I16" s="214"/>
+      <c r="J16" s="214"/>
+      <c r="K16" s="214"/>
+      <c r="L16" s="214"/>
+      <c r="M16" s="214"/>
+      <c r="N16" s="214"/>
+      <c r="O16" s="214"/>
+      <c r="P16" s="214"/>
+      <c r="Q16" s="214"/>
+      <c r="R16" s="214"/>
+      <c r="S16" s="214"/>
+      <c r="T16" s="214"/>
+      <c r="U16" s="214"/>
+      <c r="V16" s="214"/>
+      <c r="W16" s="214"/>
+      <c r="X16" s="214"/>
+      <c r="Y16" s="214"/>
+      <c r="Z16" s="214"/>
+      <c r="AA16" s="214"/>
+      <c r="AB16" s="214"/>
+      <c r="AC16" s="214"/>
+      <c r="AD16" s="214"/>
+      <c r="AE16" s="214"/>
       <c r="AF16" s="31"/>
-      <c r="AG16" s="215" t="s">
+      <c r="AG16" s="216" t="s">
         <v>64</v>
       </c>
-      <c r="AH16" s="216"/>
-[...1 lines deleted...]
-      <c r="AJ16" s="228" t="s">
+      <c r="AH16" s="217"/>
+      <c r="AI16" s="217"/>
+      <c r="AJ16" s="229" t="s">
         <v>46</v>
       </c>
-      <c r="AK16" s="229"/>
-      <c r="AL16" s="176" t="s">
+      <c r="AK16" s="230"/>
+      <c r="AL16" s="177" t="s">
         <v>65</v>
       </c>
-      <c r="AM16" s="177"/>
-[...6 lines deleted...]
-      <c r="AT16" s="178"/>
+      <c r="AM16" s="178"/>
+      <c r="AN16" s="178"/>
+      <c r="AO16" s="178"/>
+      <c r="AP16" s="178"/>
+      <c r="AQ16" s="178"/>
+      <c r="AR16" s="178"/>
+      <c r="AS16" s="178"/>
+      <c r="AT16" s="179"/>
       <c r="AV16" s="14"/>
       <c r="AW16" s="14"/>
       <c r="AX16" s="14"/>
       <c r="AY16" s="14"/>
       <c r="AZ16" s="14"/>
       <c r="BA16" s="14"/>
       <c r="BB16" s="14"/>
       <c r="BC16" s="14"/>
       <c r="BD16" s="14"/>
     </row>
     <row r="17" spans="1:67">
       <c r="B17" s="30"/>
-      <c r="C17" s="213"/>
-[...27 lines deleted...]
-      <c r="AE17" s="213"/>
+      <c r="C17" s="214"/>
+      <c r="D17" s="214"/>
+      <c r="E17" s="214"/>
+      <c r="F17" s="214"/>
+      <c r="G17" s="214"/>
+      <c r="H17" s="214"/>
+      <c r="I17" s="214"/>
+      <c r="J17" s="214"/>
+      <c r="K17" s="214"/>
+      <c r="L17" s="214"/>
+      <c r="M17" s="214"/>
+      <c r="N17" s="214"/>
+      <c r="O17" s="214"/>
+      <c r="P17" s="214"/>
+      <c r="Q17" s="214"/>
+      <c r="R17" s="214"/>
+      <c r="S17" s="214"/>
+      <c r="T17" s="214"/>
+      <c r="U17" s="214"/>
+      <c r="V17" s="214"/>
+      <c r="W17" s="214"/>
+      <c r="X17" s="214"/>
+      <c r="Y17" s="214"/>
+      <c r="Z17" s="214"/>
+      <c r="AA17" s="214"/>
+      <c r="AB17" s="214"/>
+      <c r="AC17" s="214"/>
+      <c r="AD17" s="214"/>
+      <c r="AE17" s="214"/>
       <c r="AF17" s="31"/>
-      <c r="AG17" s="202"/>
-[...2 lines deleted...]
-      <c r="AJ17" s="209" t="s">
+      <c r="AG17" s="203"/>
+      <c r="AH17" s="204"/>
+      <c r="AI17" s="204"/>
+      <c r="AJ17" s="210" t="s">
         <v>66</v>
       </c>
-      <c r="AK17" s="210"/>
-      <c r="AL17" s="176" t="s">
+      <c r="AK17" s="211"/>
+      <c r="AL17" s="177" t="s">
         <v>67</v>
       </c>
-      <c r="AM17" s="177"/>
-[...6 lines deleted...]
-      <c r="AT17" s="178"/>
+      <c r="AM17" s="178"/>
+      <c r="AN17" s="178"/>
+      <c r="AO17" s="178"/>
+      <c r="AP17" s="178"/>
+      <c r="AQ17" s="178"/>
+      <c r="AR17" s="178"/>
+      <c r="AS17" s="178"/>
+      <c r="AT17" s="179"/>
       <c r="AV17" s="14"/>
       <c r="AW17" s="14"/>
       <c r="AX17" s="14"/>
       <c r="AY17" s="14"/>
       <c r="AZ17" s="14"/>
       <c r="BA17" s="14"/>
       <c r="BB17" s="14"/>
       <c r="BC17" s="14"/>
       <c r="BD17" s="14"/>
     </row>
     <row r="18" spans="1:67" customHeight="1" ht="20.25">
       <c r="B18" s="32"/>
-      <c r="C18" s="214"/>
-[...27 lines deleted...]
-      <c r="AE18" s="214"/>
+      <c r="C18" s="215"/>
+      <c r="D18" s="215"/>
+      <c r="E18" s="215"/>
+      <c r="F18" s="215"/>
+      <c r="G18" s="215"/>
+      <c r="H18" s="215"/>
+      <c r="I18" s="215"/>
+      <c r="J18" s="215"/>
+      <c r="K18" s="215"/>
+      <c r="L18" s="215"/>
+      <c r="M18" s="215"/>
+      <c r="N18" s="215"/>
+      <c r="O18" s="215"/>
+      <c r="P18" s="215"/>
+      <c r="Q18" s="215"/>
+      <c r="R18" s="215"/>
+      <c r="S18" s="215"/>
+      <c r="T18" s="215"/>
+      <c r="U18" s="215"/>
+      <c r="V18" s="215"/>
+      <c r="W18" s="215"/>
+      <c r="X18" s="215"/>
+      <c r="Y18" s="215"/>
+      <c r="Z18" s="215"/>
+      <c r="AA18" s="215"/>
+      <c r="AB18" s="215"/>
+      <c r="AC18" s="215"/>
+      <c r="AD18" s="215"/>
+      <c r="AE18" s="215"/>
       <c r="AF18" s="33"/>
-      <c r="AG18" s="204" t="s">
+      <c r="AG18" s="205" t="s">
         <v>68</v>
       </c>
-      <c r="AH18" s="205"/>
-[...1 lines deleted...]
-      <c r="AJ18" s="211" t="s">
+      <c r="AH18" s="206"/>
+      <c r="AI18" s="206"/>
+      <c r="AJ18" s="212" t="s">
         <v>46</v>
       </c>
-      <c r="AK18" s="212"/>
-      <c r="AL18" s="206" t="s">
+      <c r="AK18" s="213"/>
+      <c r="AL18" s="207" t="s">
         <v>69</v>
       </c>
-      <c r="AM18" s="207"/>
-[...6 lines deleted...]
-      <c r="AT18" s="208"/>
+      <c r="AM18" s="208"/>
+      <c r="AN18" s="208"/>
+      <c r="AO18" s="208"/>
+      <c r="AP18" s="208"/>
+      <c r="AQ18" s="208"/>
+      <c r="AR18" s="208"/>
+      <c r="AS18" s="208"/>
+      <c r="AT18" s="209"/>
       <c r="AV18" s="15"/>
       <c r="AW18" s="15"/>
       <c r="AX18" s="15"/>
       <c r="AY18" s="15"/>
       <c r="AZ18" s="15"/>
       <c r="BA18" s="15"/>
       <c r="BB18" s="15"/>
       <c r="BC18" s="15"/>
       <c r="BD18" s="15"/>
       <c r="BE18" s="15"/>
       <c r="BF18" s="15"/>
       <c r="BG18" s="15"/>
     </row>
     <row r="19" spans="1:67" customHeight="1" ht="15">
-      <c r="B19" s="193" t="s">
+      <c r="B19" s="194" t="s">
         <v>70</v>
       </c>
-      <c r="C19" s="194"/>
-[...4 lines deleted...]
-      <c r="H19" s="195"/>
+      <c r="C19" s="195"/>
+      <c r="D19" s="195"/>
+      <c r="E19" s="195"/>
+      <c r="F19" s="195"/>
+      <c r="G19" s="195"/>
+      <c r="H19" s="196"/>
       <c r="I19" s="12"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
       <c r="AA19" s="2"/>
       <c r="AB19" s="2"/>
       <c r="AC19" s="2"/>
       <c r="AD19" s="2"/>
       <c r="AE19" s="2"/>
       <c r="AF19" s="2"/>
       <c r="AG19" s="2"/>
       <c r="AH19" s="2"/>
       <c r="AI19" s="2"/>
       <c r="AJ19" s="2"/>
       <c r="AK19" s="2"/>
       <c r="AL19" s="8"/>
-      <c r="AM19" s="196" t="s">
+      <c r="AM19" s="197" t="s">
         <v>71</v>
       </c>
-      <c r="AN19" s="197"/>
-[...5 lines deleted...]
-      <c r="AT19" s="198"/>
+      <c r="AN19" s="198"/>
+      <c r="AO19" s="198"/>
+      <c r="AP19" s="198"/>
+      <c r="AQ19" s="198"/>
+      <c r="AR19" s="198"/>
+      <c r="AS19" s="198"/>
+      <c r="AT19" s="199"/>
     </row>
     <row r="20" spans="1:67" customHeight="1" ht="15">
-      <c r="B20" s="190" t="s">
+      <c r="B20" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="C20" s="191"/>
-[...4 lines deleted...]
-      <c r="H20" s="192"/>
+      <c r="C20" s="192"/>
+      <c r="D20" s="192"/>
+      <c r="E20" s="192"/>
+      <c r="F20" s="192"/>
+      <c r="G20" s="192"/>
+      <c r="H20" s="193"/>
       <c r="I20" s="3"/>
       <c r="J20" s="4"/>
       <c r="K20" s="4"/>
       <c r="L20" s="4"/>
       <c r="M20" s="4"/>
       <c r="N20" s="4"/>
       <c r="O20" s="4"/>
       <c r="P20" s="4"/>
       <c r="Q20" s="4"/>
       <c r="R20" s="4"/>
       <c r="S20" s="4"/>
       <c r="T20" s="4"/>
       <c r="U20" s="4"/>
       <c r="V20" s="4"/>
       <c r="W20" s="4"/>
       <c r="X20" s="4"/>
       <c r="Y20" s="4"/>
       <c r="Z20" s="4"/>
       <c r="AA20" s="4"/>
       <c r="AB20" s="4"/>
       <c r="AC20" s="4"/>
       <c r="AD20" s="4"/>
       <c r="AE20" s="4"/>
       <c r="AF20" s="4"/>
       <c r="AG20" s="4"/>
       <c r="AH20" s="4"/>
       <c r="AI20" s="4"/>
       <c r="AJ20" s="4"/>
       <c r="AK20" s="4"/>
       <c r="AL20" s="7"/>
       <c r="AM20" s="34"/>
       <c r="AN20" s="35"/>
-      <c r="AO20" s="122">
+      <c r="AO20" s="123">
         <v>7</v>
       </c>
-      <c r="AP20" s="122"/>
-      <c r="AQ20" s="122">
+      <c r="AP20" s="123"/>
+      <c r="AQ20" s="123">
         <v>7</v>
       </c>
-      <c r="AR20" s="122"/>
+      <c r="AR20" s="123"/>
       <c r="AS20" s="35"/>
       <c r="AT20" s="36"/>
     </row>
     <row r="21" spans="1:67" customHeight="1" ht="15">
-      <c r="B21" s="199"/>
-[...5 lines deleted...]
-      <c r="H21" s="201"/>
+      <c r="B21" s="200"/>
+      <c r="C21" s="201"/>
+      <c r="D21" s="201"/>
+      <c r="E21" s="201"/>
+      <c r="F21" s="201"/>
+      <c r="G21" s="201"/>
+      <c r="H21" s="202"/>
       <c r="I21" s="3"/>
       <c r="J21" s="4"/>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="4"/>
       <c r="O21" s="4"/>
       <c r="P21" s="4"/>
       <c r="Q21" s="4"/>
       <c r="R21" s="4"/>
       <c r="S21" s="4"/>
       <c r="T21" s="4"/>
       <c r="U21" s="4"/>
       <c r="V21" s="4"/>
       <c r="W21" s="4"/>
       <c r="X21" s="4"/>
       <c r="Y21" s="4"/>
       <c r="Z21" s="4"/>
       <c r="AA21" s="4"/>
       <c r="AB21" s="4"/>
       <c r="AC21" s="4"/>
       <c r="AD21" s="4"/>
       <c r="AE21" s="4"/>
       <c r="AF21" s="4"/>
       <c r="AG21" s="4"/>
       <c r="AH21" s="4"/>
       <c r="AI21" s="4"/>
       <c r="AJ21" s="4"/>
       <c r="AK21" s="4"/>
       <c r="AL21" s="7"/>
       <c r="AM21" s="37"/>
       <c r="AN21" s="35"/>
-      <c r="AO21" s="122"/>
-[...2 lines deleted...]
-      <c r="AR21" s="122"/>
+      <c r="AO21" s="123"/>
+      <c r="AP21" s="123"/>
+      <c r="AQ21" s="123"/>
+      <c r="AR21" s="123"/>
       <c r="AS21" s="35"/>
       <c r="AT21" s="36"/>
     </row>
     <row r="22" spans="1:67" customHeight="1" ht="17.25">
-      <c r="B22" s="126" t="s">
+      <c r="B22" s="127" t="s">
         <v>73</v>
       </c>
-      <c r="C22" s="127"/>
-[...1 lines deleted...]
-      <c r="E22" s="141" t="s">
+      <c r="C22" s="128"/>
+      <c r="D22" s="129"/>
+      <c r="E22" s="142" t="s">
         <v>74</v>
       </c>
-      <c r="F22" s="142"/>
-[...1 lines deleted...]
-      <c r="H22" s="143"/>
+      <c r="F22" s="143"/>
+      <c r="G22" s="143"/>
+      <c r="H22" s="144"/>
       <c r="I22" s="3"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="4"/>
       <c r="M22" s="4"/>
       <c r="N22" s="4"/>
       <c r="O22" s="4"/>
       <c r="P22" s="4"/>
       <c r="Q22" s="4"/>
       <c r="R22" s="4"/>
       <c r="S22" s="4"/>
       <c r="T22" s="4"/>
       <c r="U22" s="4"/>
       <c r="V22" s="4"/>
       <c r="W22" s="4"/>
       <c r="X22" s="4"/>
       <c r="Y22" s="4"/>
       <c r="Z22" s="4"/>
       <c r="AA22" s="4"/>
       <c r="AB22" s="4"/>
       <c r="AC22" s="4"/>
       <c r="AD22" s="4"/>
       <c r="AE22" s="4"/>
       <c r="AF22" s="4"/>
       <c r="AG22" s="4"/>
       <c r="AH22" s="4"/>
       <c r="AI22" s="4"/>
       <c r="AJ22" s="4"/>
       <c r="AK22" s="4"/>
       <c r="AL22" s="7"/>
       <c r="AM22" s="37"/>
       <c r="AN22" s="35"/>
-      <c r="AO22" s="122"/>
-[...2 lines deleted...]
-      <c r="AR22" s="122"/>
+      <c r="AO22" s="123"/>
+      <c r="AP22" s="123"/>
+      <c r="AQ22" s="123"/>
+      <c r="AR22" s="123"/>
       <c r="AS22" s="35"/>
       <c r="AT22" s="36"/>
       <c r="AV22" s="16"/>
       <c r="AW22" s="16"/>
       <c r="AX22" s="16"/>
       <c r="AY22" s="16"/>
       <c r="AZ22" s="16"/>
       <c r="BA22" s="16"/>
       <c r="BB22" s="16"/>
       <c r="BC22" s="16"/>
       <c r="BD22" s="16"/>
       <c r="BE22" s="16"/>
       <c r="BF22" s="16"/>
       <c r="BG22" s="16"/>
       <c r="BH22" s="16"/>
       <c r="BI22" s="16"/>
       <c r="BJ22" s="16"/>
     </row>
     <row r="23" spans="1:67" customHeight="1" ht="12.75">
-      <c r="B23" s="132"/>
-[...5 lines deleted...]
-      <c r="H23" s="134"/>
+      <c r="B23" s="133"/>
+      <c r="C23" s="134"/>
+      <c r="D23" s="134"/>
+      <c r="E23" s="134"/>
+      <c r="F23" s="134"/>
+      <c r="G23" s="134"/>
+      <c r="H23" s="135"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="4"/>
       <c r="N23" s="4"/>
       <c r="O23" s="4"/>
       <c r="P23" s="4"/>
       <c r="Q23" s="4"/>
       <c r="R23" s="4"/>
       <c r="S23" s="4"/>
       <c r="T23" s="4"/>
       <c r="U23" s="4"/>
       <c r="V23" s="4"/>
       <c r="W23" s="4"/>
       <c r="X23" s="4"/>
       <c r="Y23" s="4"/>
       <c r="Z23" s="4"/>
       <c r="AA23" s="4"/>
       <c r="AB23" s="4"/>
       <c r="AC23" s="4"/>
       <c r="AD23" s="4"/>
       <c r="AE23" s="4"/>
       <c r="AF23" s="4"/>
       <c r="AG23" s="4"/>
       <c r="AH23" s="4"/>
       <c r="AI23" s="4"/>
       <c r="AJ23" s="4"/>
       <c r="AK23" s="4"/>
       <c r="AL23" s="7"/>
       <c r="AM23" s="37"/>
       <c r="AN23" s="35"/>
-      <c r="AO23" s="129"/>
-[...2 lines deleted...]
-      <c r="AR23" s="129"/>
+      <c r="AO23" s="130"/>
+      <c r="AP23" s="130"/>
+      <c r="AQ23" s="130"/>
+      <c r="AR23" s="130"/>
       <c r="AS23" s="35"/>
       <c r="AT23" s="36"/>
       <c r="AV23" s="16"/>
       <c r="AW23" s="16"/>
       <c r="AX23" s="16"/>
       <c r="AY23" s="16"/>
       <c r="AZ23" s="16"/>
       <c r="BA23" s="16"/>
       <c r="BB23" s="16"/>
       <c r="BC23" s="16"/>
       <c r="BD23" s="16"/>
       <c r="BE23" s="16"/>
       <c r="BF23" s="16"/>
       <c r="BG23" s="16"/>
       <c r="BH23" s="16"/>
       <c r="BI23" s="16"/>
       <c r="BJ23" s="16"/>
     </row>
     <row r="24" spans="1:67" customHeight="1" ht="15">
-      <c r="B24" s="135"/>
-[...5 lines deleted...]
-      <c r="H24" s="137"/>
+      <c r="B24" s="136"/>
+      <c r="C24" s="137"/>
+      <c r="D24" s="137"/>
+      <c r="E24" s="137"/>
+      <c r="F24" s="137"/>
+      <c r="G24" s="137"/>
+      <c r="H24" s="138"/>
       <c r="J24" s="4"/>
       <c r="K24" s="4"/>
       <c r="L24" s="4"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
       <c r="O24" s="4"/>
       <c r="P24" s="4"/>
       <c r="Q24" s="4"/>
       <c r="R24" s="4"/>
       <c r="S24" s="4"/>
       <c r="T24" s="4"/>
       <c r="U24" s="4"/>
       <c r="V24" s="4"/>
       <c r="W24" s="4"/>
       <c r="X24" s="4"/>
       <c r="Y24" s="4"/>
       <c r="Z24" s="4"/>
       <c r="AA24" s="4"/>
       <c r="AB24" s="4"/>
       <c r="AC24" s="4"/>
       <c r="AD24" s="4"/>
       <c r="AE24" s="4"/>
       <c r="AF24" s="4"/>
       <c r="AG24" s="4"/>
       <c r="AH24" s="4"/>
       <c r="AI24" s="4"/>
       <c r="AJ24" s="4"/>
       <c r="AK24" s="4"/>
       <c r="AL24" s="7"/>
-      <c r="AM24" s="130"/>
-[...6 lines deleted...]
-      <c r="AT24" s="123"/>
+      <c r="AM24" s="131"/>
+      <c r="AN24" s="132"/>
+      <c r="AO24" s="123"/>
+      <c r="AP24" s="123"/>
+      <c r="AQ24" s="123"/>
+      <c r="AR24" s="123"/>
+      <c r="AS24" s="123"/>
+      <c r="AT24" s="124"/>
       <c r="AV24" s="17"/>
       <c r="AW24" s="17"/>
       <c r="AX24" s="17"/>
       <c r="AY24" s="17"/>
       <c r="AZ24" s="17"/>
       <c r="BA24" s="17"/>
       <c r="BB24" s="17"/>
       <c r="BC24" s="17"/>
       <c r="BD24" s="17"/>
       <c r="BE24" s="17"/>
       <c r="BF24" s="17"/>
       <c r="BG24" s="17"/>
       <c r="BH24" s="17"/>
       <c r="BI24" s="17"/>
       <c r="BJ24" s="17"/>
       <c r="BK24" s="17"/>
       <c r="BL24" s="17"/>
     </row>
     <row r="25" spans="1:67" customHeight="1" ht="15">
-      <c r="B25" s="135"/>
-[...5 lines deleted...]
-      <c r="H25" s="137"/>
+      <c r="B25" s="136"/>
+      <c r="C25" s="137"/>
+      <c r="D25" s="137"/>
+      <c r="E25" s="137"/>
+      <c r="F25" s="137"/>
+      <c r="G25" s="137"/>
+      <c r="H25" s="138"/>
       <c r="J25" s="4"/>
       <c r="K25" s="4"/>
       <c r="L25" s="4"/>
       <c r="M25" s="4"/>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="P25" s="4"/>
       <c r="Q25" s="4"/>
       <c r="R25" s="4"/>
       <c r="S25" s="4"/>
       <c r="T25" s="4"/>
       <c r="U25" s="4"/>
       <c r="V25" s="4"/>
       <c r="W25" s="4"/>
       <c r="X25" s="4"/>
       <c r="Y25" s="4"/>
       <c r="Z25" s="4"/>
       <c r="AA25" s="4"/>
       <c r="AB25" s="4"/>
       <c r="AC25" s="4"/>
       <c r="AD25" s="4"/>
       <c r="AE25" s="4"/>
       <c r="AF25" s="4"/>
       <c r="AG25" s="4"/>
       <c r="AH25" s="4"/>
       <c r="AI25" s="4"/>
       <c r="AJ25" s="4"/>
       <c r="AK25" s="4"/>
       <c r="AL25" s="7"/>
-      <c r="AM25" s="130"/>
-[...6 lines deleted...]
-      <c r="AT25" s="123"/>
+      <c r="AM25" s="131"/>
+      <c r="AN25" s="132"/>
+      <c r="AO25" s="123"/>
+      <c r="AP25" s="123"/>
+      <c r="AQ25" s="123"/>
+      <c r="AR25" s="123"/>
+      <c r="AS25" s="123"/>
+      <c r="AT25" s="124"/>
       <c r="AV25" s="17"/>
       <c r="AW25" s="17"/>
       <c r="AX25" s="17"/>
       <c r="AY25" s="17"/>
       <c r="AZ25" s="17"/>
       <c r="BA25" s="17"/>
       <c r="BB25" s="17"/>
       <c r="BC25" s="17"/>
       <c r="BD25" s="17"/>
       <c r="BE25" s="17"/>
       <c r="BF25" s="17"/>
       <c r="BG25" s="17"/>
       <c r="BH25" s="17"/>
       <c r="BI25" s="17"/>
       <c r="BJ25" s="17"/>
       <c r="BK25" s="17"/>
       <c r="BL25" s="17"/>
     </row>
     <row r="26" spans="1:67" customHeight="1" ht="15">
-      <c r="B26" s="138"/>
-[...5 lines deleted...]
-      <c r="H26" s="140"/>
+      <c r="B26" s="139"/>
+      <c r="C26" s="140"/>
+      <c r="D26" s="140"/>
+      <c r="E26" s="140"/>
+      <c r="F26" s="140"/>
+      <c r="G26" s="140"/>
+      <c r="H26" s="141"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="P26" s="4"/>
       <c r="Q26" s="4"/>
       <c r="R26" s="4"/>
       <c r="S26" s="4"/>
       <c r="T26" s="4"/>
       <c r="U26" s="4"/>
       <c r="V26" s="4"/>
       <c r="W26" s="4"/>
       <c r="X26" s="4"/>
       <c r="Y26" s="4"/>
       <c r="Z26" s="4"/>
       <c r="AA26" s="4"/>
       <c r="AB26" s="4"/>
       <c r="AC26" s="4"/>
       <c r="AD26" s="4"/>
       <c r="AE26" s="4"/>
       <c r="AF26" s="4"/>
       <c r="AG26" s="4"/>
       <c r="AH26" s="4"/>
       <c r="AI26" s="4"/>
       <c r="AJ26" s="4"/>
       <c r="AK26" s="4"/>
       <c r="AL26" s="7"/>
-      <c r="AM26" s="130">
+      <c r="AM26" s="131">
         <v>6</v>
       </c>
-      <c r="AN26" s="131"/>
-      <c r="AO26" s="122">
+      <c r="AN26" s="132"/>
+      <c r="AO26" s="123">
         <v>7</v>
       </c>
-      <c r="AP26" s="122"/>
-      <c r="AQ26" s="122">
+      <c r="AP26" s="123"/>
+      <c r="AQ26" s="123">
         <v>7</v>
       </c>
-      <c r="AR26" s="122"/>
-      <c r="AS26" s="122">
+      <c r="AR26" s="123"/>
+      <c r="AS26" s="123">
         <v>7</v>
       </c>
-      <c r="AT26" s="123"/>
+      <c r="AT26" s="124"/>
       <c r="AV26" s="17"/>
       <c r="AW26" s="17"/>
       <c r="AX26" s="17"/>
       <c r="AY26" s="17"/>
       <c r="AZ26" s="17"/>
       <c r="BA26" s="17"/>
       <c r="BB26" s="17"/>
       <c r="BC26" s="17"/>
       <c r="BD26" s="17"/>
       <c r="BE26" s="17"/>
       <c r="BF26" s="17"/>
       <c r="BG26" s="17"/>
       <c r="BH26" s="17"/>
       <c r="BI26" s="17"/>
       <c r="BJ26" s="17"/>
       <c r="BK26" s="17"/>
       <c r="BL26" s="17"/>
       <c r="BM26" s="17"/>
       <c r="BN26" s="17"/>
       <c r="BO26" s="17"/>
     </row>
     <row r="27" spans="1:67" customHeight="1" ht="15">
-      <c r="B27" s="124" t="s">
+      <c r="B27" s="125" t="s">
         <v>75</v>
       </c>
-      <c r="C27" s="125"/>
-[...1 lines deleted...]
-      <c r="E27" s="144" t="s">
+      <c r="C27" s="126"/>
+      <c r="D27" s="126"/>
+      <c r="E27" s="145" t="s">
         <v>74</v>
       </c>
-      <c r="F27" s="145"/>
-[...1 lines deleted...]
-      <c r="H27" s="146"/>
+      <c r="F27" s="146"/>
+      <c r="G27" s="146"/>
+      <c r="H27" s="147"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
       <c r="O27" s="4"/>
       <c r="P27" s="4"/>
       <c r="Q27" s="4"/>
       <c r="R27" s="4"/>
       <c r="S27" s="4"/>
       <c r="T27" s="4"/>
       <c r="U27" s="4"/>
       <c r="V27" s="4"/>
       <c r="W27" s="4"/>
       <c r="X27" s="4"/>
       <c r="Y27" s="4"/>
       <c r="Z27" s="4"/>
       <c r="AA27" s="4"/>
       <c r="AB27" s="4"/>
       <c r="AC27" s="4"/>
       <c r="AD27" s="4"/>
       <c r="AE27" s="4"/>
       <c r="AF27" s="4"/>
       <c r="AG27" s="4"/>
       <c r="AH27" s="4"/>
       <c r="AI27" s="4"/>
       <c r="AJ27" s="4"/>
       <c r="AK27" s="4"/>
       <c r="AL27" s="7"/>
-      <c r="AM27" s="130"/>
-[...6 lines deleted...]
-      <c r="AT27" s="123"/>
+      <c r="AM27" s="131"/>
+      <c r="AN27" s="132"/>
+      <c r="AO27" s="123"/>
+      <c r="AP27" s="123"/>
+      <c r="AQ27" s="123"/>
+      <c r="AR27" s="123"/>
+      <c r="AS27" s="123"/>
+      <c r="AT27" s="124"/>
       <c r="AV27" s="17"/>
       <c r="AW27" s="17"/>
       <c r="AX27" s="17"/>
       <c r="AY27" s="17"/>
       <c r="AZ27" s="17"/>
       <c r="BA27" s="17"/>
       <c r="BB27" s="17"/>
       <c r="BC27" s="17"/>
       <c r="BD27" s="17"/>
       <c r="BE27" s="17"/>
       <c r="BF27" s="17"/>
       <c r="BG27" s="17"/>
       <c r="BH27" s="17"/>
       <c r="BI27" s="17"/>
       <c r="BJ27" s="17"/>
       <c r="BK27" s="17"/>
       <c r="BL27" s="17"/>
       <c r="BM27" s="17"/>
       <c r="BN27" s="17"/>
       <c r="BO27" s="17"/>
     </row>
     <row r="28" spans="1:67" customHeight="1" ht="15">
-      <c r="B28" s="173" t="s">
+      <c r="B28" s="174" t="s">
         <v>76</v>
       </c>
-      <c r="C28" s="174"/>
-[...4 lines deleted...]
-      <c r="H28" s="146"/>
+      <c r="C28" s="175"/>
+      <c r="D28" s="176"/>
+      <c r="E28" s="145"/>
+      <c r="F28" s="146"/>
+      <c r="G28" s="146"/>
+      <c r="H28" s="147"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
       <c r="O28" s="4"/>
       <c r="P28" s="4"/>
       <c r="Q28" s="4"/>
       <c r="R28" s="4"/>
       <c r="S28" s="4"/>
       <c r="T28" s="4"/>
       <c r="U28" s="4"/>
       <c r="V28" s="4"/>
       <c r="W28" s="4"/>
       <c r="X28" s="4"/>
       <c r="Y28" s="4"/>
       <c r="Z28" s="4"/>
       <c r="AA28" s="4"/>
       <c r="AB28" s="4"/>
       <c r="AC28" s="4"/>
       <c r="AD28" s="4"/>
       <c r="AE28" s="4"/>
       <c r="AF28" s="4"/>
       <c r="AG28" s="4"/>
       <c r="AH28" s="4"/>
       <c r="AI28" s="4"/>
       <c r="AJ28" s="4"/>
       <c r="AK28" s="4"/>
       <c r="AL28" s="10"/>
-      <c r="AM28" s="166" t="s">
+      <c r="AM28" s="167" t="s">
         <v>77</v>
       </c>
-      <c r="AN28" s="167"/>
-      <c r="AO28" s="168" t="s">
+      <c r="AN28" s="168"/>
+      <c r="AO28" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="AP28" s="168"/>
-[...3 lines deleted...]
-      <c r="AT28" s="169"/>
+      <c r="AP28" s="169"/>
+      <c r="AQ28" s="169"/>
+      <c r="AR28" s="169"/>
+      <c r="AS28" s="169"/>
+      <c r="AT28" s="170"/>
       <c r="AV28" s="17"/>
       <c r="AW28" s="17"/>
       <c r="AX28" s="17"/>
       <c r="AY28" s="17"/>
       <c r="AZ28" s="17"/>
       <c r="BA28" s="17"/>
       <c r="BB28" s="17"/>
       <c r="BC28" s="17"/>
       <c r="BD28" s="17"/>
       <c r="BE28" s="17"/>
       <c r="BF28" s="17"/>
       <c r="BG28" s="17"/>
       <c r="BH28" s="17"/>
       <c r="BI28" s="17"/>
       <c r="BJ28" s="17"/>
       <c r="BK28" s="17"/>
       <c r="BL28" s="17"/>
       <c r="BM28" s="17"/>
       <c r="BN28" s="17"/>
       <c r="BO28" s="17"/>
     </row>
     <row r="29" spans="1:67" customHeight="1" ht="15">
-      <c r="B29" s="163" t="s">
+      <c r="B29" s="164" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="164"/>
-[...4 lines deleted...]
-      <c r="H29" s="146"/>
+      <c r="C29" s="165"/>
+      <c r="D29" s="166"/>
+      <c r="E29" s="145"/>
+      <c r="F29" s="146"/>
+      <c r="G29" s="146"/>
+      <c r="H29" s="147"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="4"/>
       <c r="S29" s="4"/>
       <c r="T29" s="4"/>
       <c r="U29" s="4"/>
       <c r="V29" s="4"/>
       <c r="W29" s="4"/>
       <c r="X29" s="4"/>
       <c r="Y29" s="4"/>
       <c r="Z29" s="4"/>
       <c r="AA29" s="4"/>
       <c r="AB29" s="4"/>
       <c r="AC29" s="4"/>
       <c r="AD29" s="4"/>
       <c r="AE29" s="4"/>
       <c r="AF29" s="4"/>
       <c r="AG29" s="4"/>
       <c r="AH29" s="4"/>
       <c r="AI29" s="4"/>
       <c r="AJ29" s="4"/>
       <c r="AK29" s="4"/>
       <c r="AL29" s="10"/>
-      <c r="AM29" s="166" t="s">
+      <c r="AM29" s="167" t="s">
         <v>80</v>
       </c>
-      <c r="AN29" s="167"/>
-[...5 lines deleted...]
-      <c r="AT29" s="169"/>
+      <c r="AN29" s="168"/>
+      <c r="AO29" s="169"/>
+      <c r="AP29" s="169"/>
+      <c r="AQ29" s="169"/>
+      <c r="AR29" s="169"/>
+      <c r="AS29" s="169"/>
+      <c r="AT29" s="170"/>
       <c r="AV29" s="17"/>
       <c r="AW29" s="17"/>
       <c r="AX29" s="17"/>
       <c r="AY29" s="17"/>
       <c r="AZ29" s="17"/>
       <c r="BA29" s="17"/>
       <c r="BB29" s="17"/>
       <c r="BC29" s="17"/>
       <c r="BD29" s="17"/>
       <c r="BE29" s="17"/>
       <c r="BF29" s="17"/>
       <c r="BG29" s="17"/>
       <c r="BH29" s="17"/>
       <c r="BI29" s="17"/>
       <c r="BJ29" s="17"/>
       <c r="BK29" s="17"/>
       <c r="BL29" s="17"/>
       <c r="BM29" s="17"/>
       <c r="BN29" s="17"/>
       <c r="BO29" s="17"/>
     </row>
     <row r="30" spans="1:67" customHeight="1" ht="15">
-      <c r="B30" s="163" t="s">
+      <c r="B30" s="164" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="164"/>
-[...4 lines deleted...]
-      <c r="H30" s="146"/>
+      <c r="C30" s="165"/>
+      <c r="D30" s="166"/>
+      <c r="E30" s="145"/>
+      <c r="F30" s="146"/>
+      <c r="G30" s="146"/>
+      <c r="H30" s="147"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
       <c r="O30" s="4"/>
       <c r="P30" s="4"/>
       <c r="Q30" s="4"/>
       <c r="R30" s="4"/>
       <c r="S30" s="4"/>
       <c r="T30" s="4"/>
       <c r="U30" s="4"/>
       <c r="V30" s="4"/>
       <c r="W30" s="4"/>
       <c r="X30" s="4"/>
       <c r="Y30" s="4"/>
       <c r="Z30" s="4"/>
       <c r="AA30" s="4"/>
       <c r="AB30" s="4"/>
       <c r="AC30" s="4"/>
       <c r="AD30" s="4"/>
       <c r="AE30" s="4"/>
       <c r="AF30" s="4"/>
       <c r="AG30" s="4"/>
       <c r="AH30" s="4"/>
       <c r="AI30" s="4"/>
       <c r="AJ30" s="4"/>
       <c r="AK30" s="4"/>
       <c r="AL30" s="10"/>
-      <c r="AM30" s="166" t="s">
+      <c r="AM30" s="167" t="s">
         <v>82</v>
       </c>
-      <c r="AN30" s="167"/>
-      <c r="AO30" s="168" t="s">
+      <c r="AN30" s="168"/>
+      <c r="AO30" s="169" t="s">
         <v>78</v>
       </c>
-      <c r="AP30" s="168"/>
-[...3 lines deleted...]
-      <c r="AT30" s="169"/>
+      <c r="AP30" s="169"/>
+      <c r="AQ30" s="169"/>
+      <c r="AR30" s="169"/>
+      <c r="AS30" s="169"/>
+      <c r="AT30" s="170"/>
     </row>
     <row r="31" spans="1:67" customHeight="1" ht="16.5">
-      <c r="B31" s="170" t="s">
+      <c r="B31" s="171" t="s">
         <v>83</v>
       </c>
-      <c r="C31" s="171"/>
-[...4 lines deleted...]
-      <c r="H31" s="172"/>
+      <c r="C31" s="172"/>
+      <c r="D31" s="172"/>
+      <c r="E31" s="172"/>
+      <c r="F31" s="172"/>
+      <c r="G31" s="172"/>
+      <c r="H31" s="173"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
       <c r="V31" s="4"/>
       <c r="W31" s="4"/>
       <c r="X31" s="4"/>
       <c r="Y31" s="4"/>
       <c r="Z31" s="4"/>
       <c r="AA31" s="4"/>
       <c r="AB31" s="4"/>
       <c r="AC31" s="4"/>
       <c r="AD31" s="4"/>
       <c r="AE31" s="4"/>
       <c r="AF31" s="4"/>
       <c r="AG31" s="4"/>
       <c r="AH31" s="4"/>
       <c r="AI31" s="4"/>
       <c r="AJ31" s="4"/>
       <c r="AK31" s="4"/>
       <c r="AL31" s="10"/>
-      <c r="AM31" s="166" t="s">
+      <c r="AM31" s="167" t="s">
         <v>80</v>
       </c>
-      <c r="AN31" s="167"/>
-[...5 lines deleted...]
-      <c r="AT31" s="169"/>
+      <c r="AN31" s="168"/>
+      <c r="AO31" s="169"/>
+      <c r="AP31" s="169"/>
+      <c r="AQ31" s="169"/>
+      <c r="AR31" s="169"/>
+      <c r="AS31" s="169"/>
+      <c r="AT31" s="170"/>
       <c r="AV31" s="17"/>
       <c r="AW31" s="17"/>
       <c r="AX31" s="17"/>
       <c r="AY31" s="17"/>
       <c r="AZ31" s="17"/>
       <c r="BA31" s="17"/>
       <c r="BB31" s="17"/>
       <c r="BC31" s="17"/>
       <c r="BD31" s="17"/>
       <c r="BE31" s="17"/>
       <c r="BF31" s="17"/>
       <c r="BG31" s="17"/>
       <c r="BH31" s="17"/>
       <c r="BI31" s="17"/>
       <c r="BJ31" s="17"/>
       <c r="BK31" s="17"/>
       <c r="BL31" s="17"/>
       <c r="BM31" s="17"/>
     </row>
     <row r="32" spans="1:67" customHeight="1" ht="16.5">
-      <c r="B32" s="149" t="s">
+      <c r="B32" s="150" t="s">
         <v>84</v>
       </c>
-      <c r="C32" s="150"/>
-[...4 lines deleted...]
-      <c r="H32" s="151"/>
+      <c r="C32" s="151"/>
+      <c r="D32" s="151"/>
+      <c r="E32" s="151"/>
+      <c r="F32" s="151"/>
+      <c r="G32" s="151"/>
+      <c r="H32" s="152"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="4"/>
       <c r="Q32" s="4"/>
       <c r="R32" s="4"/>
       <c r="S32" s="4"/>
       <c r="T32" s="4"/>
       <c r="U32" s="4"/>
       <c r="V32" s="4"/>
       <c r="W32" s="4"/>
       <c r="X32" s="4"/>
       <c r="Y32" s="4"/>
       <c r="Z32" s="4"/>
       <c r="AA32" s="4"/>
       <c r="AB32" s="4"/>
       <c r="AC32" s="4"/>
       <c r="AD32" s="4"/>
       <c r="AE32" s="4"/>
       <c r="AF32" s="4"/>
       <c r="AG32" s="4"/>
       <c r="AH32" s="4"/>
       <c r="AI32" s="4"/>
       <c r="AJ32" s="4"/>
       <c r="AK32" s="4"/>
       <c r="AL32" s="11"/>
-      <c r="AM32" s="155" t="s">
+      <c r="AM32" s="156" t="s">
         <v>85</v>
       </c>
-      <c r="AN32" s="156"/>
-[...4 lines deleted...]
-      <c r="AS32" s="161" t="s">
+      <c r="AN32" s="157"/>
+      <c r="AO32" s="160"/>
+      <c r="AP32" s="160"/>
+      <c r="AQ32" s="160"/>
+      <c r="AR32" s="160"/>
+      <c r="AS32" s="162" t="s">
         <v>86</v>
       </c>
-      <c r="AT32" s="162"/>
+      <c r="AT32" s="163"/>
       <c r="AV32" s="17"/>
       <c r="AW32" s="17"/>
       <c r="AX32" s="17"/>
       <c r="AY32" s="17"/>
       <c r="AZ32" s="17"/>
       <c r="BA32" s="17"/>
       <c r="BB32" s="17"/>
       <c r="BC32" s="17"/>
       <c r="BD32" s="17"/>
       <c r="BE32" s="17"/>
       <c r="BF32" s="17"/>
       <c r="BG32" s="17"/>
       <c r="BH32" s="17"/>
       <c r="BI32" s="17"/>
       <c r="BJ32" s="17"/>
       <c r="BK32" s="17"/>
       <c r="BL32" s="17"/>
       <c r="BM32" s="17"/>
     </row>
     <row r="33" spans="1:67" customHeight="1" ht="15">
-      <c r="B33" s="152"/>
-[...5 lines deleted...]
-      <c r="H33" s="154"/>
+      <c r="B33" s="153"/>
+      <c r="C33" s="154"/>
+      <c r="D33" s="154"/>
+      <c r="E33" s="154"/>
+      <c r="F33" s="154"/>
+      <c r="G33" s="154"/>
+      <c r="H33" s="155"/>
       <c r="K33" s="4"/>
       <c r="L33" s="4"/>
       <c r="M33" s="4"/>
       <c r="N33" s="4"/>
       <c r="O33" s="4"/>
       <c r="P33" s="4"/>
       <c r="Q33" s="4"/>
       <c r="R33" s="4"/>
       <c r="S33" s="4"/>
       <c r="T33" s="4"/>
       <c r="U33" s="4"/>
       <c r="V33" s="4"/>
       <c r="W33" s="4"/>
       <c r="X33" s="4"/>
       <c r="Y33" s="4"/>
       <c r="Z33" s="4"/>
       <c r="AA33" s="4"/>
       <c r="AB33" s="4"/>
       <c r="AC33" s="4"/>
       <c r="AD33" s="4"/>
       <c r="AE33" s="4"/>
       <c r="AF33" s="4"/>
       <c r="AG33" s="4"/>
       <c r="AH33" s="4"/>
       <c r="AI33" s="4"/>
       <c r="AJ33" s="4"/>
       <c r="AK33" s="4"/>
       <c r="AL33" s="11"/>
-      <c r="AM33" s="157"/>
-[...5 lines deleted...]
-      <c r="AS33" s="147" t="s">
+      <c r="AM33" s="158"/>
+      <c r="AN33" s="159"/>
+      <c r="AO33" s="161"/>
+      <c r="AP33" s="161"/>
+      <c r="AQ33" s="161"/>
+      <c r="AR33" s="161"/>
+      <c r="AS33" s="148" t="s">
         <v>46</v>
       </c>
-      <c r="AT33" s="148"/>
+      <c r="AT33" s="149"/>
       <c r="AV33" s="17"/>
       <c r="AW33" s="17"/>
       <c r="AX33" s="17"/>
       <c r="AY33" s="17"/>
       <c r="AZ33" s="17"/>
       <c r="BA33" s="17"/>
       <c r="BB33" s="17"/>
       <c r="BC33" s="17"/>
       <c r="BD33" s="17"/>
       <c r="BE33" s="17"/>
       <c r="BF33" s="17"/>
       <c r="BG33" s="17"/>
       <c r="BH33" s="17"/>
       <c r="BI33" s="17"/>
       <c r="BJ33" s="17"/>
       <c r="BK33" s="17"/>
       <c r="BL33" s="17"/>
       <c r="BM33" s="17"/>
     </row>
     <row r="34" spans="1:67" customHeight="1" ht="3">
       <c r="B34" s="9"/>
       <c r="C34" s="9"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>